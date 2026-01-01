--- v0 (2025-11-05)
+++ v1 (2026-01-01)
@@ -12,1631 +12,2110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="577">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
-    <t>001/2025</t>
+    <t>57/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
+Registro de Preço para Contratação de Empresa Espe...</t>
+  </si>
+  <si>
+    <t>T.N.A Soluções LTDA
+46.921.987/3000-13</t>
+  </si>
+  <si>
+    <t>20/08/2025
+37.462,09</t>
+  </si>
+  <si>
+    <t>20/08/2025 a 20/08/2026</t>
+  </si>
+  <si>
+    <t>24/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ASSITÊNCIA SOCIAL
+Registro de Preço para Contratação de Empresa Espe...</t>
+  </si>
+  <si>
+    <t>20/08/2025
+48.378,21</t>
+  </si>
+  <si>
+    <t>50/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE EDUCAÇÂO
+Registro de Preço para Contratação de Empresa Espe...</t>
+  </si>
+  <si>
+    <t>20/08/2025
+117.217,94</t>
+  </si>
+  <si>
+    <t>41/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE SAÚDE
+Registro de Preço para Contratação de Empresa Espe...</t>
+  </si>
+  <si>
+    <t>20/08/2025
+96.116,76</t>
+  </si>
+  <si>
+    <t>64/2025</t>
   </si>
   <si>
     <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
 REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
   </si>
   <si>
+    <t>Zemf Empreendimentos Comercial LTDA
+18.234.908/0001-25</t>
+  </si>
+  <si>
+    <t>03/10/2025
+76.366,62</t>
+  </si>
+  <si>
+    <t>03/10/2025 a 03/10/2026</t>
+  </si>
+  <si>
+    <t>65/2025</t>
+  </si>
+  <si>
+    <t>J C L Oliveira Materiais para Consrução LTDA
+20.836.777/0001-06</t>
+  </si>
+  <si>
+    <t>03/10/2025
+70.543,24</t>
+  </si>
+  <si>
+    <t>66/2025</t>
+  </si>
+  <si>
+    <t>H P Barros Comercial LTDA
+41.985.600/0001-33</t>
+  </si>
+  <si>
+    <t>03/10/2025
+62.579,31</t>
+  </si>
+  <si>
+    <t>29/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ASSITÊNCIA SOCIAL
+REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
+  </si>
+  <si>
+    <t>03/10/2025
+10.029,68</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE EDUCAÇÂO
+REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
+  </si>
+  <si>
+    <t>03/10/2025
+41.786,35</t>
+  </si>
+  <si>
+    <t>58/2025</t>
+  </si>
+  <si>
+    <t>03/10/2025
+20.778,44</t>
+  </si>
+  <si>
+    <t>59/2025</t>
+  </si>
+  <si>
+    <t>03/10/2025
+16.409,59</t>
+  </si>
+  <si>
+    <t>49/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE SAÚDE
+REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
+  </si>
+  <si>
+    <t>03/10/2025
+21.880,45</t>
+  </si>
+  <si>
+    <t>03/10/2025
+12.269,77</t>
+  </si>
+  <si>
+    <t>51/2025</t>
+  </si>
+  <si>
+    <t>03/10/2025
+15.224,70</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERI...</t>
+  </si>
+  <si>
+    <t>CC Nascimento Comercio LTDA
+63.540.066/0001-94</t>
+  </si>
+  <si>
+    <t>05/09/2025
+40.392,27</t>
+  </si>
+  <si>
+    <t>05/09/2025 a 05/09/2026</t>
+  </si>
+  <si>
+    <t>Livraria Imperatriz LTDA
+03.980.665/0001-05</t>
+  </si>
+  <si>
+    <t>05/09/2025
+40.272,65</t>
+  </si>
+  <si>
+    <t>25/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ASSITÊNCIA SOCIAL
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERI...</t>
+  </si>
+  <si>
+    <t>05/09/2025
+40.893,63</t>
+  </si>
+  <si>
+    <t>26/2025</t>
+  </si>
+  <si>
+    <t>05/09/2025
+40.875,01</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE EDUCAÇÂO
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERI...</t>
+  </si>
+  <si>
+    <t>05/09/2025
+84.247,50</t>
+  </si>
+  <si>
+    <t>52/2025</t>
+  </si>
+  <si>
+    <t>05/09/2025
+84.408,18</t>
+  </si>
+  <si>
+    <t>43/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE SAÚDE
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERI...</t>
+  </si>
+  <si>
+    <t>05/09/2025
+40.521,01</t>
+  </si>
+  <si>
+    <t>44/2025</t>
+  </si>
+  <si>
+    <t>05/09/2025
+40.532,48</t>
+  </si>
+  <si>
+    <t>47/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
+REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA...</t>
+  </si>
+  <si>
+    <t>Visual Arte Sport LTDA
+07.722.538/0001-59</t>
+  </si>
+  <si>
+    <t>08/07/2025
+36.707,40</t>
+  </si>
+  <si>
+    <t>08/07/2025 a 08/07/2026</t>
+  </si>
+  <si>
+    <t>48/2025</t>
+  </si>
+  <si>
+    <t>A Lobão Comercio e Serviços LTDA
+49.800.638/0001-04</t>
+  </si>
+  <si>
+    <t>03/07/2025
+116.897,45</t>
+  </si>
+  <si>
+    <t>03/07/2025 a 03/07/2026</t>
+  </si>
+  <si>
+    <t>21/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ASSITÊNCIA SOCIAL
+REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA...</t>
+  </si>
+  <si>
+    <t>08/07/2025
+38.265,04</t>
+  </si>
+  <si>
+    <t>22/2025</t>
+  </si>
+  <si>
+    <t>03/07/2025
+71.638,15</t>
+  </si>
+  <si>
+    <t>46/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE EDUCAÇÂO
+REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA...</t>
+  </si>
+  <si>
+    <t>08/07/2025
+40.337,04</t>
+  </si>
+  <si>
+    <t>03/07/2025
+109.326,01</t>
+  </si>
+  <si>
+    <t>36/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE SAÚDE
+REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA...</t>
+  </si>
+  <si>
+    <t>08/07/2025
+59.742,00</t>
+  </si>
+  <si>
+    <t>37/2025</t>
+  </si>
+  <si>
+    <t>03/07/2025
+87.068,92</t>
+  </si>
+  <si>
+    <t>45/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
+Locação de Sistema de Contabilidade Pública, Contr...</t>
+  </si>
+  <si>
+    <t>ADTR Serviços de Informática
+17.422.433/0001-38</t>
+  </si>
+  <si>
+    <t>18/06/2025
+84.600,00</t>
+  </si>
+  <si>
+    <t>18/06/2025 a 18/06/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE EDUCAÇÂO
+REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESP...</t>
+  </si>
+  <si>
+    <t>Almeida Empreendimentos Construções e Serviços LTDA
+41.974.501/0001-56</t>
+  </si>
+  <si>
+    <t>09/06/2025
+867.867,00</t>
+  </si>
+  <si>
+    <t>09/06/2025 a 09/01/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
+Registro de preços para contratação de empresa esp...</t>
+  </si>
+  <si>
+    <t>Olho Dágua Empreendimentos LTDA
+18.179.593/0001-60</t>
+  </si>
+  <si>
+    <t>23/06/2025
+300.627,05</t>
+  </si>
+  <si>
+    <t>23/06/2025 a 23/06/2025</t>
+  </si>
+  <si>
+    <t>63/2025</t>
+  </si>
+  <si>
+    <t>25/09/2025
+124.427,00</t>
+  </si>
+  <si>
+    <t>25/09/2025 a 25/09/2026</t>
+  </si>
+  <si>
+    <t>38/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
+Contratação de serviços técnicos especializados de...</t>
+  </si>
+  <si>
+    <t>A3 Consultoria e Projetos
+40.791.412/0001-01</t>
+  </si>
+  <si>
+    <t>16/05/2025
+90.000,00</t>
+  </si>
+  <si>
+    <t>16/05/2025 a 16/05/2026</t>
+  </si>
+  <si>
+    <t>40/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE EDUCAÇÂO
+Registro de preço para contratação de empresa espe...</t>
+  </si>
+  <si>
+    <t>15/04/2025
+312.000,00</t>
+  </si>
+  <si>
+    <t>15/04/2025 a 15/04/2026</t>
+  </si>
+  <si>
+    <t>001/2025</t>
+  </si>
+  <si>
     <t>J. ZENF - COM
 04.168.810/0001-02</t>
   </si>
   <si>
     <t>06/01/2025
 598.259,00</t>
   </si>
   <si>
     <t>06/01/2025 a 31/12/2025</t>
   </si>
   <si>
+    <t>055/2024</t>
+  </si>
+  <si>
+    <t>Distribuidora Rodrigues Oliveira LTDA
+48.928.617/0001-06</t>
+  </si>
+  <si>
+    <t>18/03/2024
+96.881,04</t>
+  </si>
+  <si>
+    <t>18/03/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>054/2024</t>
+  </si>
+  <si>
+    <t>ALMEIDA EMPREENDIMENTOS CONSTRUÇÕES E SERVIÇOS LTDA
+41.974.501/0001-56</t>
+  </si>
+  <si>
+    <t>15/03/2024
+183.876,92</t>
+  </si>
+  <si>
+    <t>15/03/2024 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>053/2024</t>
+  </si>
+  <si>
+    <t>15/03/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>052/2024</t>
+  </si>
+  <si>
+    <t>15/03/2024
+459.692,30</t>
+  </si>
+  <si>
+    <t>051/2024</t>
+  </si>
+  <si>
+    <t>14/03/2024
+480.226,25</t>
+  </si>
+  <si>
+    <t>14/03/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>050/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE INFRAESTRUTURA
+REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
+  </si>
+  <si>
+    <t>06/03/2024
+1.398.511,00</t>
+  </si>
+  <si>
+    <t>06/03/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>049/2024</t>
+  </si>
+  <si>
+    <t>06/03/2024
+31.714,00</t>
+  </si>
+  <si>
+    <t>048/2024</t>
+  </si>
+  <si>
+    <t>06/03/2024
+74.228,74</t>
+  </si>
+  <si>
+    <t>047/2024</t>
+  </si>
+  <si>
+    <t>06/03/2024
+157.872,46</t>
+  </si>
+  <si>
+    <t>046/2024</t>
+  </si>
+  <si>
+    <t>06/03/2024
+368.378,72</t>
+  </si>
+  <si>
+    <t>045/2024</t>
+  </si>
+  <si>
+    <t>06/03/2024
+399.446,79</t>
+  </si>
+  <si>
+    <t>044/2024</t>
+  </si>
+  <si>
+    <t>06/03/2024
+615.464,20</t>
+  </si>
+  <si>
+    <t>043/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO, PLANEJAMENTO E MEIO AMBIENTE
+REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
+  </si>
+  <si>
+    <t>06/03/2024
+165.027,52</t>
+  </si>
+  <si>
+    <t>108/2023</t>
+  </si>
+  <si>
+    <t>CASA DA IMPRESSAO EIRaJ
+16.465.371/0001-89</t>
+  </si>
+  <si>
+    <t>06/06/2023
+25.503,00</t>
+  </si>
+  <si>
+    <t>06/06/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>107/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+63.906,00</t>
+  </si>
+  <si>
+    <t>106/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+19.173,00</t>
+  </si>
+  <si>
+    <t>105/2023</t>
+  </si>
+  <si>
+    <t>M C S COMERCIO E SERVICOS L TDA
+40.189.795/0001-42</t>
+  </si>
+  <si>
+    <t>06/06/2023
+16.023,00</t>
+  </si>
+  <si>
+    <t>104/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+21.364,00</t>
+  </si>
+  <si>
+    <t>103/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+53.410,00</t>
+  </si>
+  <si>
+    <t>102/2023</t>
+  </si>
+  <si>
+    <t>097/2023</t>
+  </si>
+  <si>
+    <t>PARIS EMPREENDIMENTOS
+29.872.242/0001-57</t>
+  </si>
+  <si>
+    <t>06/06/2023
+18.568,00</t>
+  </si>
+  <si>
+    <t>096/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+17.783,00</t>
+  </si>
+  <si>
+    <t>095/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+24.234,00</t>
+  </si>
+  <si>
+    <t>094/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+60.585,00</t>
+  </si>
+  <si>
+    <t>093/2023</t>
+  </si>
+  <si>
+    <t>MARCIO CARVALHO
+06.023.867 /0001-4</t>
+  </si>
+  <si>
+    <t>06/06/2023
+13.552,00</t>
+  </si>
+  <si>
+    <t>092/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+171.362,00</t>
+  </si>
+  <si>
+    <t>091/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+50.081,00</t>
+  </si>
+  <si>
+    <t>090/2023</t>
+  </si>
+  <si>
+    <t>06/06/2023
+53.112,00</t>
+  </si>
+  <si>
+    <t>079/2023</t>
+  </si>
+  <si>
+    <t>M A O DE COSTA
+24.196.494/0001-90</t>
+  </si>
+  <si>
+    <t>07/03/2023
+22.130,00</t>
+  </si>
+  <si>
+    <t>07/03/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>078/2023</t>
+  </si>
+  <si>
+    <t>07/03/2023
+14.817,00</t>
+  </si>
+  <si>
+    <t>077/2023</t>
+  </si>
+  <si>
+    <t>07/03/2023
+29.740,00</t>
+  </si>
+  <si>
+    <t>076/2023</t>
+  </si>
+  <si>
+    <t>07/03/2023
+16.824,00</t>
+  </si>
+  <si>
+    <t>07/03/2023 a 21/10/2023</t>
+  </si>
+  <si>
+    <t>074/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE INFRAESTRUTURA
+REGISTRO DE PREÇO PARA EVENTUAL E FUTURA CONTRATAÇ...</t>
+  </si>
+  <si>
+    <t>HIDROPECAS LTDA
+01.790.865/0001-61</t>
+  </si>
+  <si>
+    <t>02/03/2023
+364.332,00</t>
+  </si>
+  <si>
+    <t>02/03/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>040/2023</t>
+  </si>
+  <si>
+    <t>LIVRARIA IMPERATRIZ LTDA
+03.980.665/0001-05</t>
+  </si>
+  <si>
+    <t>16/01/2023
+33.478,55</t>
+  </si>
+  <si>
+    <t>16/01/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>039/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+46.644,68</t>
+  </si>
+  <si>
+    <t>038/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+23.049,16</t>
+  </si>
+  <si>
+    <t>037/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+47.138,77</t>
+  </si>
+  <si>
+    <t>16/01/2023 a 31/12/2022</t>
+  </si>
+  <si>
+    <t>036/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+18.242,38</t>
+  </si>
+  <si>
+    <t>035/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+93.536,70</t>
+  </si>
+  <si>
+    <t>034/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+138.666,93</t>
+  </si>
+  <si>
+    <t>033/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+55.567,12</t>
+  </si>
+  <si>
+    <t>032/2023</t>
+  </si>
+  <si>
+    <t>T. V. L CAVALCANTE EIRELI
+40.981-143/0001-46</t>
+  </si>
+  <si>
+    <t>16/01/2023
+47.551,57</t>
+  </si>
+  <si>
+    <t>031/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+77.350,71</t>
+  </si>
+  <si>
+    <t>030/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+37.936,94</t>
+  </si>
+  <si>
+    <t>029/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+50.208,28</t>
+  </si>
+  <si>
+    <t>028/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+37.738,32</t>
+  </si>
+  <si>
+    <t>027/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+126.699,15</t>
+  </si>
+  <si>
+    <t>026/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+218.836,09</t>
+  </si>
+  <si>
+    <t>025/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+57.549,09</t>
+  </si>
+  <si>
+    <t>024/2023</t>
+  </si>
+  <si>
+    <t>T. V. L CAVALCANTE EIRELI
+40.981.143/0001-46</t>
+  </si>
+  <si>
+    <t>16/01/2023
+38.506,71</t>
+  </si>
+  <si>
+    <t>023/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+54.524,28</t>
+  </si>
+  <si>
+    <t>022/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+66.244,80</t>
+  </si>
+  <si>
+    <t>021/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+94.133,81</t>
+  </si>
+  <si>
+    <t>020/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+64.373,50</t>
+  </si>
+  <si>
+    <t>019/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+79.504,76</t>
+  </si>
+  <si>
+    <t>018/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+148.032,28</t>
+  </si>
+  <si>
+    <t>017/2023</t>
+  </si>
+  <si>
+    <t>16/01/2023
+98.875,32</t>
+  </si>
+  <si>
+    <t>016/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+20.796,20</t>
+  </si>
+  <si>
+    <t>13/01/2023 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>015/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+31.194,30</t>
+  </si>
+  <si>
+    <t>014/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+22.391,75</t>
+  </si>
+  <si>
+    <t>013/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+30.808,30</t>
+  </si>
+  <si>
+    <t>012/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+23.633,05</t>
+  </si>
+  <si>
+    <t>009/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+37.285,25</t>
+  </si>
+  <si>
+    <t>008/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+18.576,00</t>
+  </si>
+  <si>
+    <t>007/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+27.864,00</t>
+  </si>
+  <si>
+    <t>006/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+45.954,70</t>
+  </si>
+  <si>
+    <t>005/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+33.782,60</t>
+  </si>
+  <si>
+    <t>004/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+34.312,20</t>
+  </si>
+  <si>
+    <t>003/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+32.936,05</t>
+  </si>
+  <si>
+    <t>002/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+77.229,45</t>
+  </si>
+  <si>
+    <t>001/2023</t>
+  </si>
+  <si>
+    <t>13/01/2023
+43.090,00</t>
+  </si>
+  <si>
+    <t>121/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE GABINETE
+CONTRATAÇÃO DE EMPRESA PARA CURSO NOVA LEI DE LICI...</t>
+  </si>
+  <si>
+    <t>IMPERIUM ASSESSORIA E TREINAMENTO
+37.280.007/0001-14</t>
+  </si>
+  <si>
+    <t>15/09/2022
+6.201,00</t>
+  </si>
+  <si>
+    <t>15/09/2022 a 15/11/2022</t>
+  </si>
+  <si>
+    <t>115/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE INFRAESTRUTURA
+REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EM...</t>
+  </si>
+  <si>
+    <t>ALVORADA CONSTRUIR LTOA
+05.703.869/0001-16</t>
+  </si>
+  <si>
+    <t>03/08/2022
+508.550,00</t>
+  </si>
+  <si>
+    <t>03/08/2022 a 31/12/2022</t>
+  </si>
+  <si>
+    <t>114/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ASSITÊNCIA SOCIAL
+REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EM...</t>
+  </si>
+  <si>
+    <t>03/08/2022
+53.350,00</t>
+  </si>
+  <si>
+    <t>113/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE SAÚDE
+REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EM...</t>
+  </si>
+  <si>
+    <t>03/08/2022
+99.650,00</t>
+  </si>
+  <si>
+    <t>112/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE EDUCAÇÂO
+REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EM...</t>
+  </si>
+  <si>
+    <t>03/08/2022
+57.500,00</t>
+  </si>
+  <si>
+    <t>111/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO, PLANEJAMENTO E MEIO AMBIENTE
+REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EM...</t>
+  </si>
+  <si>
+    <t>03/08/2022
+87.950,00</t>
+  </si>
+  <si>
+    <t>03/08/2022 a 31/12/2023</t>
+  </si>
+  <si>
+    <t>088/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+25.503,00</t>
+  </si>
+  <si>
+    <t>14/06/2022 a 31/12/2022</t>
+  </si>
+  <si>
+    <t>087/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+63.906,00</t>
+  </si>
+  <si>
+    <t>086/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+18.933,00</t>
+  </si>
+  <si>
+    <t>085/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+19.173,00</t>
+  </si>
+  <si>
+    <t>084/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+21.364,00</t>
+  </si>
+  <si>
+    <t>083/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+53.410,00</t>
+  </si>
+  <si>
+    <t>082/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+16.023,00</t>
+  </si>
+  <si>
+    <t>081/2022</t>
+  </si>
+  <si>
+    <t>080/2022</t>
+  </si>
+  <si>
+    <t>E GONCALVES COMEROO E SERVICOS
+38.203.366/0001-30</t>
+  </si>
+  <si>
+    <t>14/06/2022
+21.740,00</t>
+  </si>
+  <si>
+    <t>079/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+54.350,00</t>
+  </si>
+  <si>
+    <t>078/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+11.660,00</t>
+  </si>
+  <si>
+    <t>077/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+20.950,00</t>
+  </si>
+  <si>
+    <t>076/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+17.783,00</t>
+  </si>
+  <si>
+    <t>075/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+24.234,00</t>
+  </si>
+  <si>
+    <t>074/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+60.585,00</t>
+  </si>
+  <si>
+    <t>073/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE GABINETE
+REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
+  </si>
+  <si>
+    <t>14/06/2022
+18.568,00</t>
+  </si>
+  <si>
+    <t>072/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+60.692,00</t>
+  </si>
+  <si>
+    <t>071/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+81.254,00</t>
+  </si>
+  <si>
+    <t>070/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+203.545,00</t>
+  </si>
+  <si>
+    <t>069/2022</t>
+  </si>
+  <si>
+    <t>14/06/2022
+61.149,00</t>
+  </si>
+  <si>
+    <t>064/2022</t>
+  </si>
+  <si>
+    <t>OFTALMO SAUDE EIRELI
+21.897.019/0001-52</t>
+  </si>
+  <si>
+    <t>02/05/2022
+138.000,00</t>
+  </si>
+  <si>
+    <t>02/05/2022 a 31/12/2022</t>
+  </si>
+  <si>
+    <t>043/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ASSITÊNCIA SOCIAL
+REGISTRO DE PREÇO PARA EVENTUAL E FUTURA CONTRATAÇ...</t>
+  </si>
+  <si>
+    <t>18/04/2022
+52.195,00</t>
+  </si>
+  <si>
+    <t>18/04/2022 a 31/12/2022</t>
+  </si>
+  <si>
+    <t>042/2022</t>
+  </si>
+  <si>
+    <t>18/04/2022
+112.970,00</t>
+  </si>
+  <si>
+    <t>041/2022</t>
+  </si>
+  <si>
+    <t>18/04/2022
+989.335,00</t>
+  </si>
+  <si>
+    <t>040/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO, PLANEJAMENTO E MEIO AMBIENTE
+REGISTRO DE PREÇO PARA EVENTUAL E FUTURA CONTRATAÇ...</t>
+  </si>
+  <si>
+    <t>18/04/2022
+175.660,00</t>
+  </si>
+  <si>
+    <t>038/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE GABINETE
+Registro de preços que objetiva a Contratação de P...</t>
+  </si>
+  <si>
+    <t>NASCIMENTO SILVA EMPREENDIMENTOS EIRELI
+14.794.268/0001-57</t>
+  </si>
+  <si>
+    <t>23/03/2022
+840.000,00</t>
+  </si>
+  <si>
+    <t>23/03/2022 a 23/03/2023</t>
+  </si>
+  <si>
+    <t>005/2021</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO, PLANEJAMENTO E MEIO AMBIENTE
+LOCACÃO DE 01 (UM), IMÓVEL PARA O FUNCIONAMENTO DA...</t>
+  </si>
+  <si>
+    <t>Teresinha da Rocha Frazão
+625.406.703-00</t>
+  </si>
+  <si>
+    <t>02/02/2021
+6.600,00</t>
+  </si>
+  <si>
+    <t>02/02/2021 a 02/02/2022</t>
+  </si>
+  <si>
+    <t>009/2020</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO, PLANEJAMENTO E MEIO AMBIENTE
+CONTRATAÇÃO DE EMPRESA PARA LIMPEZA COM PRODUTO QU...</t>
+  </si>
+  <si>
+    <t>VITHAU ENGENHARIA SERVICOS,
+24.717.805/0001-19</t>
+  </si>
+  <si>
+    <t>09/06/2020
+37.530,00</t>
+  </si>
+  <si>
+    <t>09/06/2020 a 31/12/2020</t>
+  </si>
+  <si>
+    <t>006/2020</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ASSITÊNCIA SOCIAL
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃ...</t>
+  </si>
+  <si>
+    <t>F. MARTINS SERVIÇOS FUNERÁRIOS LTDA
+36.398.348/0001-26</t>
+  </si>
+  <si>
+    <t>09/05/2020
+9.000,00</t>
+  </si>
+  <si>
+    <t>27/05/2020 a 31/12/2020</t>
+  </si>
+  <si>
+    <t>005/2020</t>
+  </si>
+  <si>
+    <t>C. M. DIST. E REP. DE MEDICAMENTOS L TDA
+07.842.423/0001-06</t>
+  </si>
+  <si>
+    <t>29/05/2020
+111.185,00</t>
+  </si>
+  <si>
+    <t>29/05/2020 a 29/07/2020</t>
+  </si>
+  <si>
+    <t>003/2020</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO, PLANEJAMENTO E MEIO AMBIENTE
+Contratação de empresa especializada para organiza...</t>
+  </si>
+  <si>
+    <t>I ALVES BEZERRA SERVIÇOS
+12.085.100/0001-47</t>
+  </si>
+  <si>
+    <t>15/05/2020
+169.080,00</t>
+  </si>
+  <si>
+    <t>15/05/2020 a 31/12/2020</t>
+  </si>
+  <si>
+    <t>002/2020</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE EDUCAÇÂO
+Aquisição de gêneros alimentícios diversos, destin...</t>
+  </si>
+  <si>
+    <t>RCO-IRES COMERCIO E REPRESENTAÇOES EIRELI,
+05.804.502/0001-99</t>
+  </si>
+  <si>
+    <t>27/03/2020
+361.916,50</t>
+  </si>
+  <si>
+    <t>27/03/2020 a 31/12/2020</t>
+  </si>
+  <si>
+    <t>SKAR COMERCIO DE ALIMENTOS LTDA - EPP
+41.488.339/0001-66</t>
+  </si>
+  <si>
+    <t>27/03/2020
+76.550,00</t>
+  </si>
+  <si>
+    <t>001/2020</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE SAÚDE
+CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE PRODUTOS...</t>
+  </si>
+  <si>
+    <t>NOVA ODONTOLAB PRODUTOS E EQUIPAMENTOS
+07.404.743/0001-76</t>
+  </si>
+  <si>
+    <t>02/04/2020
+68.221,50</t>
+  </si>
+  <si>
+    <t>02/04/2020 a 30/04/2020</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO, PLANEJAMENTO E MEIO AMBIENTE
+REGISTRO DE PREÇOS PARA EVENTUAL PRESTAÇÃO DE SERV...</t>
+  </si>
+  <si>
+    <t>F MARTINS SERVICOS FUNERARIOS L TDA
+36.398.348/0001-26</t>
+  </si>
+  <si>
+    <t>26/06/2020
+273.040,00</t>
+  </si>
+  <si>
+    <t>26/06/2020 a 31/12/2020</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE SAÚDE
+CONTRATAÇÃO DE DE EMPRESA PARA FABRICAÇÃO MASCARAS...</t>
+  </si>
+  <si>
+    <t>NOVA ODONTOLAB PRODUTOS E EQUIPAMENTOS,
+07.404.743/0001-76</t>
+  </si>
+  <si>
+    <t>02/04/2020
+8.000,00</t>
+  </si>
+  <si>
+    <t>Aditivo 01/2020/2020</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE ADMINISTRAÇÃO, PLANEJAMENTO E MEIO AMBIENTE
+Contratação de empresa especializada para executar...</t>
+  </si>
+  <si>
+    <t>M DA S MESQUITA SERVICOS E TECNOLOGIA
+16.799.630/0001-08</t>
+  </si>
+  <si>
+    <t>16/09/2020
+35.200,00</t>
+  </si>
+  <si>
+    <t>16/09/2020 a 16/01/2020</t>
+  </si>
+  <si>
+    <t>2019091617/2019</t>
+  </si>
+  <si>
+    <t>16/09/2019
+105.600,00</t>
+  </si>
+  <si>
+    <t>16/09/2019 a 16/09/2020</t>
+  </si>
+  <si>
+    <t>0113/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Educação
+CONTRATO DE PRESTAÇÃO DE SERVIÇOS QUE ENTRE SI CEL...</t>
+  </si>
+  <si>
+    <t>CONSTRUTORA TRIANGULAR LTDA
+07424217000178</t>
+  </si>
+  <si>
+    <t>21/07/2023
+498.220,63</t>
+  </si>
+  <si>
+    <t>21/07/2023 a 21/03/2024</t>
+  </si>
+  <si>
+    <t>046/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Educação
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNEC...</t>
+  </si>
+  <si>
+    <t>J ZEMF COMERCIO LTDA
+04.168.810/0001-02</t>
+  </si>
+  <si>
+    <t>045/</t>
+  </si>
+  <si>
+    <t>031/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Educação
+CONTRATAÇÃO DE EMPRESA ESPECIALl2ADA PARA LOCAÇÃO...</t>
+  </si>
+  <si>
+    <t>FUNDAÇÃO CULTURAL 10 (DEZ) DE ABRIL
+02.738.217/0001-29</t>
+  </si>
+  <si>
+    <t>11/01/2024
+96.650,40</t>
+  </si>
+  <si>
+    <t>11/01/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>030/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Assistência Social
+CONTRATAÇÃO DE EMPRESA ESPECIALl2ADA PARA LOCAÇÃO...</t>
+  </si>
+  <si>
+    <t>11/01/2024
+44.167,20</t>
+  </si>
+  <si>
+    <t>029/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Saúde
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO...</t>
+  </si>
+  <si>
+    <t>11/01/2024
+47.731,20</t>
+  </si>
+  <si>
+    <t>028/</t>
+  </si>
+  <si>
+    <t>Secretaria de Administração, Planejamento e Meio Ambiente
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO...</t>
+  </si>
+  <si>
+    <t>11/01/2024
+397.928,85</t>
+  </si>
+  <si>
+    <t>027/</t>
+  </si>
+  <si>
+    <t>Secretaria de Administração, Planejamento e Meio Ambiente
+CONTRATAÇÃO DE EMPRESA ESPECIALl2ADA PARA SERVIÇOS...</t>
+  </si>
+  <si>
+    <t>M. DAS. MESQUITA SERVICOS E TECNOLOGIA LTDA
+16. 799.630/0001-08</t>
+  </si>
+  <si>
+    <t>10/01/2024
+113.998,80</t>
+  </si>
+  <si>
+    <t>10/01/2024 a 10/01/2025</t>
+  </si>
+  <si>
+    <t>026/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Assistência Social
+CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS...</t>
+  </si>
+  <si>
+    <t>S CPINTO
+41.352.572/0001-17</t>
+  </si>
+  <si>
+    <t>10/01/2024
+140.210,00</t>
+  </si>
+  <si>
+    <t>10/01/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>025/</t>
+  </si>
+  <si>
+    <t>10/01/2024
+214.870,00</t>
+  </si>
+  <si>
+    <t>024/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Educação
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO...</t>
+  </si>
+  <si>
+    <t>A JS SILVA SANTOS
+16.800.725/0001-02</t>
+  </si>
+  <si>
+    <t>08/01/2024
+49.267,30</t>
+  </si>
+  <si>
+    <t>08/01/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>023/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Saúde
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO...</t>
+  </si>
+  <si>
+    <t>08/01/2024
+41.950,20</t>
+  </si>
+  <si>
+    <t>022/</t>
+  </si>
+  <si>
+    <t>Secretaria de Administração, Planejamento e Meio Ambiente
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO...</t>
+  </si>
+  <si>
+    <t>08/01/2024
+38.204,20</t>
+  </si>
+  <si>
+    <t>021/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Assistência Social
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO...</t>
+  </si>
+  <si>
+    <t>08/01/2024
+33.440,75</t>
+  </si>
+  <si>
+    <t>020/</t>
+  </si>
+  <si>
+    <t>Secretaria de Infraestrutura
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃ...</t>
+  </si>
+  <si>
+    <t>ALVORADA CONSTRUIR LTDA
+05.703.869/0001-16</t>
+  </si>
+  <si>
+    <t>05/01/2024
+876.889,92</t>
+  </si>
+  <si>
+    <t>05/01/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>019/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Assistência Social
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃ...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+76.520,00</t>
+  </si>
+  <si>
+    <t>018/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Saúde
+CONTRATAÇÃO DE EMPRESA ESPECIALl2ADA PARA PRESTAÇÃ...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+140.000,00</t>
+  </si>
+  <si>
+    <t>017/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Educação
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃ...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+76.400,00</t>
+  </si>
+  <si>
+    <t>016/</t>
+  </si>
+  <si>
+    <t>Secretaria de Administração, Planejamento e Meio Ambiente
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃ...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+167.130,00</t>
+  </si>
+  <si>
+    <t>015/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Educação
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERI...</t>
+  </si>
+  <si>
+    <t>T. V. L. CAVALCANTE EIRELI
+40.981.143/0001-46</t>
+  </si>
+  <si>
+    <t>05/01/2024
+37.254,46</t>
+  </si>
+  <si>
+    <t>014/</t>
+  </si>
+  <si>
+    <t>05/01/2024
+74.139,76</t>
+  </si>
+  <si>
+    <t>013/</t>
+  </si>
+  <si>
+    <t>05/01/2024
+43.209,66</t>
+  </si>
+  <si>
+    <t>012/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Assistência Social
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERI...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+42.460,21</t>
+  </si>
+  <si>
+    <t>011/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Saúde
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERI...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+94.843,39</t>
+  </si>
+  <si>
+    <t>010.1/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Saúde (Vigilância)
+O presente CONTRATO tem por objeto aquisição de co...</t>
+  </si>
+  <si>
+    <t>J.Zemf.com (Posto Mix)
+04.168.810/0001-02</t>
+  </si>
+  <si>
+    <t>15/03/2021
+R$ 30.900,00</t>
+  </si>
+  <si>
+    <t>15/03/2021 a 31/12/2021</t>
+  </si>
+  <si>
+    <t>010/</t>
+  </si>
+  <si>
+    <t>05/01/2024
+60.504,60</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Saúde
+O presente CONTRATO tem por objeto aquisição de co...</t>
+  </si>
+  <si>
+    <t>15/03/2021
+R$ 321.200,00</t>
+  </si>
+  <si>
+    <t>009.1/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Assistência Social (Conselhos)
+O presente CONTRATO tem por objeto aquisição de co...</t>
+  </si>
+  <si>
+    <t>15/03/2021
+R$ 33.475,00</t>
+  </si>
+  <si>
+    <t>009/</t>
+  </si>
+  <si>
+    <t>Secretaria de Administração, Planejamento e Meio Ambiente
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERI...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+40.871,48</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Assistência Social
+O presente CONTRATO tem por objeto aquIsIçao de co...</t>
+  </si>
+  <si>
+    <t>15/03/2021
+R$ 56.650,00</t>
+  </si>
+  <si>
+    <t>008/</t>
+  </si>
+  <si>
+    <t>05/01/2024
+63.177,02</t>
+  </si>
+  <si>
+    <t>Secretaria de Administração, Planejamento e Meio Ambiente
+O presente CONTRATO tem por objeto aquisição de co...</t>
+  </si>
+  <si>
+    <t>15/03/2021
+R$ 117.285,00</t>
+  </si>
+  <si>
+    <t>007/</t>
+  </si>
+  <si>
+    <t>05/01/2024
+54.709,16</t>
+  </si>
+  <si>
+    <t>006/</t>
+  </si>
+  <si>
+    <t>05/01/2024
+121.313,75</t>
+  </si>
+  <si>
+    <t>005/</t>
+  </si>
+  <si>
+    <t>05/01/2024
+23.897,36</t>
+  </si>
+  <si>
+    <t>004/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Assistência Social
+CONTRATAÇÃO DE EMPRESA PA RA FORNECIMENTO DE MATER...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+35.807,72</t>
+  </si>
+  <si>
+    <t>003/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Saúde
+CONTRATAÇÃO DE EMPRESA PA RA FORNECIMENTO DE MATER...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+37.394,04</t>
+  </si>
+  <si>
+    <t>002/</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Educação
+CONTRATAÇÃO DE EMPRESA PA RA FORNECIMENTO DE MATER...</t>
+  </si>
+  <si>
+    <t>05/01/2024
+85.855,96</t>
+  </si>
+  <si>
     <t>001/</t>
   </si>
   <si>
     <t>Secretaria Municipal de Saúde
 CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNEC...</t>
   </si>
   <si>
-    <t>J ZEMF COMERCIO LTDA
-[...2 lines deleted...]
-  <si>
     <t>06/01/2025
 R$ 223.939,82</t>
   </si>
   <si>
-    <t>054/2024</t>
-[...164 lines deleted...]
-    <t>07/03/2023 a 21/10/2023</t>
+    <t>05/01/2024
+23.494,08</t>
+  </si>
+  <si>
+    <t>05/01/2024 a 31/12/20234</t>
   </si>
   <si>
     <t>não foi realizados Aditivos de Contratos nós anos de 2021, 2022, 2023 e 2024./</t>
   </si>
   <si>
     <t>não foi realizados Aditivos de Contratos nós anos de 2021, 2022, 2023 e 2024.
 não foi realizados Aditivos de Contratos nós anos...</t>
   </si>
   <si>
     <t>não foi realizados Aditivos de Contratos nós anos de 2021, 2022, 2023 e 2024.
 00000000000</t>
   </si>
   <si>
     <t>02/04/2024
 00</t>
   </si>
   <si>
     <t>01/01/2021 a 31/12/2024</t>
   </si>
   <si>
-    <t>0113/</t>
-[...1147 lines deleted...]
-    <t>SECRETARIA DE GABINETE
+    <t>60/2025</t>
+  </si>
+  <si>
+    <t>J Zemf Comercio LTDA
+04.168.810/0001-02</t>
+  </si>
+  <si>
+    <t>16/09/2025
+80.493,12</t>
+  </si>
+  <si>
+    <t>16/09/2025 a 16/09/2025</t>
+  </si>
+  <si>
+    <t>61/2025</t>
+  </si>
+  <si>
+    <t>Auto Posto Buriti LTDA
+09.195.353/0001-69</t>
+  </si>
+  <si>
+    <t>17/09/2025
+45.815,50</t>
+  </si>
+  <si>
+    <t>17/09/2025 a 17/09/2026</t>
+  </si>
+  <si>
+    <t>62/2025</t>
+  </si>
+  <si>
+    <t>Pneu Zero Eireli
+18.335.071/0001-00</t>
+  </si>
+  <si>
+    <t>18/09/2025
+5.008,00</t>
+  </si>
+  <si>
+    <t>18/09/2025 a 18/09/2026</t>
+  </si>
+  <si>
+    <t>27/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025
+45.618,12</t>
+  </si>
+  <si>
+    <t>16/09/2025 a 16/09/2026</t>
+  </si>
+  <si>
+    <t>53/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025
+240.599,38</t>
+  </si>
+  <si>
+    <t>55/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025
+196.031,07</t>
+  </si>
+  <si>
+    <t>56/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025
+15.856,00</t>
+  </si>
+  <si>
+    <t>16/09/2025
+117.446,68</t>
+  </si>
+  <si>
+    <t>17/09/2025
+96.926,00</t>
+  </si>
+  <si>
+    <t>18/09/2025
+10.725,50</t>
+  </si>
+  <si>
+    <t>007/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE INFRAESTRUTURA E MEIO AMBIENTE
 REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
   </si>
   <si>
-    <t>14/06/2022
-[...188 lines deleted...]
-R$ 117.285,00</t>
+    <t>16/09/2025
+395.868,04</t>
+  </si>
+  <si>
+    <t>008/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025
+327.896,50</t>
+  </si>
+  <si>
+    <t>009/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025
+20.295,50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1951,3270 +2430,4228 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F161"/>
+  <dimension ref="A1:F211"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E161" sqref="E161"/>
+      <selection activeCell="E211" sqref="E211"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>336</v>
+        <v>397</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>162</v>
+        <v>397</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>161</v>
+        <v>397</v>
       </c>
       <c r="B4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>160</v>
+        <v>397</v>
       </c>
       <c r="B5" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>159</v>
+        <v>393</v>
       </c>
       <c r="B6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>158</v>
+        <v>393</v>
       </c>
       <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>157</v>
+        <v>393</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>156</v>
+        <v>393</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>155</v>
+        <v>393</v>
       </c>
       <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>154</v>
+        <v>393</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F11" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>153</v>
+        <v>393</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F12" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>152</v>
+        <v>393</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>151</v>
+        <v>393</v>
       </c>
       <c r="B14" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>150</v>
+        <v>393</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>149</v>
+        <v>391</v>
       </c>
       <c r="B16" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F16" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>148</v>
+        <v>391</v>
       </c>
       <c r="B17" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F17" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>147</v>
+        <v>391</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F18" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>146</v>
+        <v>391</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F19" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>145</v>
+        <v>391</v>
       </c>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F20" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>144</v>
+        <v>391</v>
       </c>
       <c r="B21" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F21" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>143</v>
+        <v>391</v>
       </c>
       <c r="B22" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="F22" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>142</v>
+        <v>391</v>
       </c>
       <c r="B23" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="F23" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>141</v>
+        <v>388</v>
       </c>
       <c r="B24" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F24" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>140</v>
+        <v>388</v>
       </c>
       <c r="B25" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="F25" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>139</v>
+        <v>388</v>
       </c>
       <c r="B26" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F26" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>138</v>
+        <v>388</v>
       </c>
       <c r="B27" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="F27" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>137</v>
+        <v>388</v>
       </c>
       <c r="B28" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="F28" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>136</v>
+        <v>388</v>
       </c>
       <c r="B29" t="s">
-        <v>90</v>
+        <v>66</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="F29" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>135</v>
+        <v>388</v>
       </c>
       <c r="B30" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>97</v>
+        <v>68</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="F30" t="s">
-        <v>99</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>134</v>
+        <v>388</v>
       </c>
       <c r="B31" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="F31" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>133</v>
+        <v>387</v>
       </c>
       <c r="B32" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="F32" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>132</v>
+        <v>384</v>
       </c>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>89</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="F33" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>131</v>
+        <v>376</v>
       </c>
       <c r="B34" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="F34" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>130</v>
+        <v>376</v>
       </c>
       <c r="B35" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="D35" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="F35" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>129</v>
+        <v>375</v>
       </c>
       <c r="B36" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="F36" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>128</v>
+        <v>374</v>
       </c>
       <c r="B37" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="F37" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>127</v>
+        <v>160</v>
       </c>
       <c r="B38" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>125</v>
+        <v>21</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="F38" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>126</v>
+        <v>159</v>
       </c>
       <c r="B39" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="F39" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
+        <v>158</v>
+      </c>
+      <c r="B40" t="s">
+        <v>122</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F40" t="s">
         <v>125</v>
-      </c>
-[...13 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
+        <v>157</v>
+      </c>
+      <c r="B41" t="s">
+        <v>126</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E41" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="B41" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F41" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
+        <v>156</v>
+      </c>
+      <c r="B42" t="s">
+        <v>128</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" s="1" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="F42" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>122</v>
+        <v>155</v>
       </c>
       <c r="B43" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>134</v>
+        <v>34</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="F43" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>121</v>
+        <v>154</v>
       </c>
       <c r="B44" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="F44" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>120</v>
+        <v>153</v>
       </c>
       <c r="B45" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F45" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>119</v>
+        <v>152</v>
       </c>
       <c r="B46" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="F46" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>118</v>
+        <v>151</v>
       </c>
       <c r="B47" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>134</v>
+        <v>41</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="F47" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>117</v>
+        <v>150</v>
       </c>
       <c r="B48" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="F48" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>114</v>
+        <v>149</v>
       </c>
       <c r="B49" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>143</v>
+        <v>34</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="F49" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>113</v>
+        <v>148</v>
       </c>
       <c r="B50" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>146</v>
+        <v>34</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="F50" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>112</v>
+        <v>147</v>
       </c>
       <c r="B51" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="F51" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>111</v>
+        <v>146</v>
       </c>
       <c r="B52" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>135</v>
+        <v>153</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="F52" t="s">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>110</v>
+        <v>145</v>
       </c>
       <c r="B53" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>162</v>
+        <v>34</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="F53" t="s">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>109</v>
+        <v>144</v>
       </c>
       <c r="B54" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="F54" t="s">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="B55" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>168</v>
+        <v>32</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>140</v>
+        <v>161</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="F55" t="s">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>107</v>
+        <v>142</v>
       </c>
       <c r="B56" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>140</v>
+        <v>161</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="F56" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>106</v>
+        <v>141</v>
       </c>
       <c r="B57" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>173</v>
+        <v>34</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="F57" t="s">
-        <v>176</v>
+        <v>155</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>105</v>
+        <v>140</v>
       </c>
       <c r="B58" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>178</v>
+        <v>150</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="F58" t="s">
-        <v>176</v>
+        <v>155</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>104</v>
+        <v>139</v>
       </c>
       <c r="B59" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="F59" t="s">
-        <v>176</v>
+        <v>155</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>103</v>
+        <v>138</v>
       </c>
       <c r="B60" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>184</v>
+        <v>32</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="F60" t="s">
-        <v>176</v>
+        <v>155</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>102</v>
+        <v>137</v>
       </c>
       <c r="B61" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>187</v>
+        <v>41</v>
       </c>
       <c r="D61" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E61" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="E61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>189</v>
+        <v>155</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>101</v>
+        <v>136</v>
       </c>
       <c r="B62" t="s">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>192</v>
+        <v>176</v>
       </c>
       <c r="F62" t="s">
-        <v>193</v>
+        <v>155</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>100</v>
+        <v>135</v>
       </c>
       <c r="B63" t="s">
-        <v>194</v>
+        <v>177</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="F63" t="s">
-        <v>193</v>
+        <v>155</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>99</v>
+        <v>134</v>
       </c>
       <c r="B64" t="s">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="F64" t="s">
-        <v>193</v>
+        <v>155</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>98</v>
+        <v>133</v>
       </c>
       <c r="B65" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="F65" t="s">
-        <v>193</v>
+        <v>155</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>97</v>
+        <v>132</v>
       </c>
       <c r="B66" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="F66" t="s">
-        <v>193</v>
+        <v>155</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>96</v>
+        <v>131</v>
       </c>
       <c r="B67" t="s">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="F67" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>95</v>
+        <v>130</v>
       </c>
       <c r="B68" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="F68" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>94</v>
+        <v>129</v>
       </c>
       <c r="B69" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="F69" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>93</v>
+        <v>128</v>
       </c>
       <c r="B70" t="s">
-        <v>209</v>
+        <v>194</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>36</v>
+        <v>150</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="F70" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="B71" t="s">
-        <v>211</v>
+        <v>197</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="F71" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="B72" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="F72" t="s">
-        <v>193</v>
+        <v>205</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>90</v>
+        <v>125</v>
       </c>
       <c r="B73" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="F73" t="s">
-        <v>193</v>
+        <v>205</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>89</v>
+        <v>124</v>
       </c>
       <c r="B74" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="F74" t="s">
-        <v>193</v>
+        <v>205</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>88</v>
+        <v>123</v>
       </c>
       <c r="B75" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="F75" t="s">
-        <v>193</v>
+        <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="B76" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="F76" t="s">
-        <v>193</v>
+        <v>205</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>86</v>
+        <v>121</v>
       </c>
       <c r="B77" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>225</v>
+        <v>34</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="F77" t="s">
-        <v>228</v>
+        <v>205</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>85</v>
+        <v>120</v>
       </c>
       <c r="B78" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>230</v>
+        <v>203</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>231</v>
+        <v>218</v>
       </c>
       <c r="F78" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>84</v>
+        <v>119</v>
       </c>
       <c r="B79" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>36</v>
+        <v>150</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>230</v>
+        <v>203</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>234</v>
+        <v>220</v>
       </c>
       <c r="F79" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>83</v>
+        <v>118</v>
       </c>
       <c r="B80" t="s">
-        <v>235</v>
+        <v>221</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="F80" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="B81" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="F81" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>81</v>
+        <v>116</v>
       </c>
       <c r="B82" t="s">
-        <v>239</v>
+        <v>226</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>240</v>
+        <v>227</v>
       </c>
       <c r="F82" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="B83" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>242</v>
+        <v>229</v>
       </c>
       <c r="F83" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="B84" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="F84" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="B85" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
       <c r="F85" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>76</v>
+        <v>112</v>
       </c>
       <c r="B86" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>199</v>
+        <v>222</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>248</v>
+        <v>235</v>
       </c>
       <c r="F86" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>75</v>
+        <v>111</v>
       </c>
       <c r="B87" t="s">
-        <v>250</v>
+        <v>236</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>36</v>
+        <v>150</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>199</v>
+        <v>222</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
       <c r="F87" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>74</v>
+        <v>110</v>
       </c>
       <c r="B88" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="F88" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>73</v>
+        <v>109</v>
       </c>
       <c r="B89" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>255</v>
+        <v>242</v>
       </c>
       <c r="F89" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="B90" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="F90" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>71</v>
+        <v>107</v>
       </c>
       <c r="B91" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="F91" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>70</v>
+        <v>106</v>
       </c>
       <c r="B92" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="F92" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="B93" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="F93" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="B94" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>265</v>
+        <v>34</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>266</v>
+        <v>239</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>267</v>
+        <v>252</v>
       </c>
       <c r="F94" t="s">
-        <v>268</v>
+        <v>205</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>67</v>
+        <v>103</v>
       </c>
       <c r="B95" t="s">
-        <v>264</v>
+        <v>253</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>265</v>
+        <v>150</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>266</v>
+        <v>239</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>254</v>
       </c>
       <c r="F95" t="s">
-        <v>268</v>
+        <v>205</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>66</v>
+        <v>102</v>
       </c>
       <c r="B96" t="s">
-        <v>269</v>
+        <v>255</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>271</v>
+        <v>256</v>
       </c>
       <c r="F96" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="B97" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="F97" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="B98" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="F98" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="B99" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>277</v>
+        <v>263</v>
       </c>
       <c r="F99" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="B100" t="s">
-        <v>279</v>
+        <v>264</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>280</v>
+        <v>265</v>
       </c>
       <c r="F100" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="B101" t="s">
-        <v>281</v>
+        <v>266</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>282</v>
+        <v>267</v>
       </c>
       <c r="F101" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="B102" t="s">
-        <v>283</v>
+        <v>268</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>284</v>
+        <v>269</v>
       </c>
       <c r="F102" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>59</v>
+        <v>95</v>
       </c>
       <c r="B103" t="s">
-        <v>285</v>
+        <v>270</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>286</v>
+        <v>271</v>
       </c>
       <c r="F103" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>58</v>
+        <v>94</v>
       </c>
       <c r="B104" t="s">
-        <v>287</v>
+        <v>272</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>288</v>
+        <v>161</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="F104" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="B105" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>288</v>
+        <v>161</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="F105" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="B106" t="s">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>288</v>
+        <v>161</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>293</v>
+        <v>277</v>
       </c>
       <c r="F106" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="B107" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>288</v>
+        <v>161</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>295</v>
+        <v>279</v>
       </c>
       <c r="F107" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="B108" t="s">
-        <v>296</v>
+        <v>280</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>288</v>
+        <v>161</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>297</v>
+        <v>281</v>
       </c>
       <c r="F108" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>53</v>
+        <v>89</v>
       </c>
       <c r="B109" t="s">
-        <v>298</v>
+        <v>282</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>288</v>
+        <v>161</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>299</v>
+        <v>283</v>
       </c>
       <c r="F109" t="s">
-        <v>232</v>
+        <v>257</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="B110" t="s">
-        <v>300</v>
+        <v>284</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>16</v>
+        <v>285</v>
       </c>
       <c r="D110" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="F110" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>51</v>
+        <v>87</v>
       </c>
       <c r="B111" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>50</v>
+        <v>290</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>303</v>
+        <v>292</v>
       </c>
       <c r="F111" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>50</v>
+        <v>86</v>
       </c>
       <c r="B112" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>36</v>
+        <v>295</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>199</v>
+        <v>291</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="F112" t="s">
-        <v>249</v>
+        <v>293</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>49</v>
+        <v>85</v>
       </c>
       <c r="B113" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>36</v>
+        <v>298</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>199</v>
+        <v>291</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="F113" t="s">
-        <v>249</v>
+        <v>293</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="B114" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>41</v>
+        <v>301</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>199</v>
+        <v>291</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="F114" t="s">
-        <v>249</v>
+        <v>293</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="B115" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>41</v>
+        <v>304</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>199</v>
+        <v>291</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="F115" t="s">
-        <v>249</v>
+        <v>306</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="B116" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>199</v>
+        <v>153</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="F116" t="s">
-        <v>249</v>
+        <v>309</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="B117" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>199</v>
+        <v>153</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="F117" t="s">
-        <v>249</v>
+        <v>309</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="B118" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>317</v>
+        <v>32</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>318</v>
+        <v>153</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="F118" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="B119" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>317</v>
+        <v>150</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>318</v>
+        <v>153</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="F119" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="B120" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="C120" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="E120" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F120" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="B121" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>325</v>
+        <v>34</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>326</v>
+        <v>161</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="F121" t="s">
-        <v>328</v>
+        <v>309</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="B122" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>330</v>
+        <v>32</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>331</v>
+        <v>161</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="F122" t="s">
-        <v>333</v>
+        <v>309</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="B123" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>334</v>
+        <v>150</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>335</v>
+        <v>161</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="F123" t="s">
-        <v>337</v>
+        <v>309</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="B124" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>338</v>
+        <v>41</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>339</v>
+        <v>324</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>340</v>
+        <v>325</v>
       </c>
       <c r="F124" t="s">
-        <v>333</v>
+        <v>309</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="B125" t="s">
-        <v>341</v>
+        <v>326</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>342</v>
+        <v>34</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>343</v>
+        <v>324</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>344</v>
+        <v>327</v>
       </c>
       <c r="F125" t="s">
-        <v>345</v>
+        <v>309</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="B126" t="s">
-        <v>346</v>
+        <v>328</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>347</v>
+        <v>32</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>348</v>
+        <v>324</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>349</v>
+        <v>329</v>
       </c>
       <c r="F126" t="s">
-        <v>350</v>
+        <v>309</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="B127" t="s">
-        <v>351</v>
+        <v>330</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>352</v>
+        <v>150</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>353</v>
+        <v>324</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>354</v>
+        <v>331</v>
       </c>
       <c r="F127" t="s">
-        <v>355</v>
+        <v>309</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="B128" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>325</v>
+        <v>32</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>356</v>
+        <v>169</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>357</v>
+        <v>333</v>
       </c>
       <c r="F128" t="s">
-        <v>328</v>
+        <v>309</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="B129" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>359</v>
+        <v>335</v>
       </c>
       <c r="F129" t="s">
-        <v>360</v>
+        <v>309</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="B130" t="s">
-        <v>361</v>
+        <v>336</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>362</v>
+        <v>337</v>
       </c>
       <c r="F130" t="s">
-        <v>360</v>
+        <v>309</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="B131" t="s">
-        <v>363</v>
+        <v>338</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>36</v>
+        <v>339</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>364</v>
+        <v>340</v>
       </c>
       <c r="F131" t="s">
-        <v>360</v>
+        <v>309</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="B132" t="s">
-        <v>365</v>
+        <v>341</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="F132" t="s">
-        <v>360</v>
+        <v>309</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="B133" t="s">
-        <v>367</v>
+        <v>343</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>368</v>
+        <v>344</v>
       </c>
       <c r="F133" t="s">
-        <v>360</v>
+        <v>309</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="B134" t="s">
-        <v>369</v>
+        <v>345</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>370</v>
+        <v>346</v>
       </c>
       <c r="F134" t="s">
-        <v>360</v>
+        <v>309</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="B135" t="s">
-        <v>371</v>
+        <v>347</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>36</v>
+        <v>150</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>372</v>
+        <v>348</v>
       </c>
       <c r="F135" t="s">
-        <v>360</v>
+        <v>309</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="B136" t="s">
-        <v>373</v>
+        <v>349</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>199</v>
+        <v>350</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>372</v>
+        <v>351</v>
       </c>
       <c r="F136" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="B137" t="s">
-        <v>374</v>
+        <v>353</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>41</v>
+        <v>354</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>375</v>
+        <v>115</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>376</v>
+        <v>355</v>
       </c>
       <c r="F137" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="B138" t="s">
-        <v>377</v>
+        <v>357</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>16</v>
+        <v>354</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>375</v>
+        <v>115</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>378</v>
+        <v>358</v>
       </c>
       <c r="F138" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="B139" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>36</v>
+        <v>198</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>375</v>
+        <v>115</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>380</v>
+        <v>360</v>
       </c>
       <c r="F139" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="B140" t="s">
-        <v>381</v>
+        <v>361</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>50</v>
+        <v>362</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>375</v>
+        <v>115</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>382</v>
+        <v>363</v>
       </c>
       <c r="F140" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="B141" t="s">
-        <v>383</v>
+        <v>364</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>36</v>
+        <v>365</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>207</v>
+        <v>366</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>384</v>
+        <v>367</v>
       </c>
       <c r="F141" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="B142" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>41</v>
+        <v>370</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>207</v>
+        <v>371</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>386</v>
+        <v>372</v>
       </c>
       <c r="F142" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="B143" t="s">
-        <v>387</v>
+        <v>374</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>16</v>
+        <v>375</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>207</v>
+        <v>376</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="F143" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="B144" t="s">
-        <v>389</v>
+        <v>379</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>390</v>
+        <v>380</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>216</v>
+        <v>381</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="F144" t="s">
-        <v>360</v>
+        <v>383</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="B145" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>216</v>
+        <v>385</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="F145" t="s">
-        <v>360</v>
+        <v>387</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="B146" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>41</v>
+        <v>389</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>216</v>
+        <v>390</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="F146" t="s">
-        <v>360</v>
+        <v>392</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="B147" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>16</v>
+        <v>389</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="F147" t="s">
-        <v>360</v>
+        <v>392</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="B148" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>50</v>
+        <v>394</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>216</v>
+        <v>395</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="F148" t="s">
-        <v>360</v>
+        <v>397</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="B149" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>41</v>
+        <v>394</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="F149" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="B150" t="s">
+        <v>400</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="F150" t="s">
         <v>404</v>
-      </c>
-[...10 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="B151" t="s">
-        <v>408</v>
+        <v>400</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>8</v>
+        <v>406</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="F151" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="B152" t="s">
+        <v>400</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D152" s="1" t="s">
         <v>410</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>411</v>
       </c>
       <c r="F152" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="B153" t="s">
         <v>412</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>8</v>
+        <v>414</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F153" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B154" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>418</v>
       </c>
       <c r="F154" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="B155" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="F155" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="B156" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="F156" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="B157" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>433</v>
+        <v>148</v>
       </c>
       <c r="F157" t="s">
-        <v>434</v>
+        <v>136</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="B158" t="s">
-        <v>148</v>
+        <v>428</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>436</v>
+        <v>146</v>
       </c>
       <c r="F158" t="s">
-        <v>434</v>
+        <v>136</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="B159" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="D159" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E159" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="E159" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F159" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="B160" t="s">
-        <v>150</v>
+        <v>434</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="F160" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
+        <v>37</v>
+      </c>
+      <c r="B161" t="s">
+        <v>437</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="F161" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162">
+        <v>36</v>
+      </c>
+      <c r="B162" t="s">
+        <v>440</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="F162" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163">
+        <v>35</v>
+      </c>
+      <c r="B163" t="s">
+        <v>443</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="F163" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164">
+        <v>34</v>
+      </c>
+      <c r="B164" t="s">
+        <v>448</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="F164" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165">
+        <v>33</v>
+      </c>
+      <c r="B165" t="s">
+        <v>453</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="F165" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166">
+        <v>32</v>
+      </c>
+      <c r="B166" t="s">
+        <v>455</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="F166" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167">
+        <v>31</v>
+      </c>
+      <c r="B167" t="s">
+        <v>460</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="F167" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168">
+        <v>30</v>
+      </c>
+      <c r="B168" t="s">
+        <v>463</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="F168" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169">
+        <v>29</v>
+      </c>
+      <c r="B169" t="s">
+        <v>466</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="F169" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170">
+        <v>28</v>
+      </c>
+      <c r="B170" t="s">
+        <v>469</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="F170" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171">
+        <v>27</v>
+      </c>
+      <c r="B171" t="s">
+        <v>474</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="F171" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172">
+        <v>26</v>
+      </c>
+      <c r="B172" t="s">
+        <v>477</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="F172" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173">
+        <v>25</v>
+      </c>
+      <c r="B173" t="s">
+        <v>480</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="F173" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174">
+        <v>24</v>
+      </c>
+      <c r="B174" t="s">
+        <v>483</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="F174" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175">
+        <v>23</v>
+      </c>
+      <c r="B175" t="s">
+        <v>486</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="F175" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176">
+        <v>22</v>
+      </c>
+      <c r="B176" t="s">
+        <v>486</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="F176" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177">
+        <v>21</v>
+      </c>
+      <c r="B177" t="s">
+        <v>490</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="F177" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178">
+        <v>20</v>
+      </c>
+      <c r="B178" t="s">
+        <v>492</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="F178" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179">
+        <v>19</v>
+      </c>
+      <c r="B179" t="s">
+        <v>494</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="F179" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180">
+        <v>18</v>
+      </c>
+      <c r="B180" t="s">
+        <v>497</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="F180" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181">
+        <v>17</v>
+      </c>
+      <c r="B181" t="s">
+        <v>500</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="F181" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182">
+        <v>16</v>
+      </c>
+      <c r="B182" t="s">
+        <v>505</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="F182" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183">
+        <v>15</v>
+      </c>
+      <c r="B183" t="s">
+        <v>505</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="F183" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184">
+        <v>14</v>
+      </c>
+      <c r="B184" t="s">
+        <v>509</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="F184" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185">
+        <v>13</v>
+      </c>
+      <c r="B185" t="s">
+        <v>512</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="F185" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186">
+        <v>12</v>
+      </c>
+      <c r="B186" t="s">
+        <v>512</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="F186" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187">
+        <v>11</v>
+      </c>
+      <c r="B187" t="s">
+        <v>517</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="F187" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188">
+        <v>10</v>
+      </c>
+      <c r="B188" t="s">
+        <v>517</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="F188" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189">
+        <v>9</v>
+      </c>
+      <c r="B189" t="s">
+        <v>521</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="F189" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190">
+        <v>8</v>
+      </c>
+      <c r="B190" t="s">
+        <v>523</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="F190" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191">
+        <v>7</v>
+      </c>
+      <c r="B191" t="s">
+        <v>525</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="F191" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192">
+        <v>6</v>
+      </c>
+      <c r="B192" t="s">
+        <v>527</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="F192" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193">
+        <v>5</v>
+      </c>
+      <c r="B193" t="s">
+        <v>530</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="F193" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194">
+        <v>4</v>
+      </c>
+      <c r="B194" t="s">
+        <v>533</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="F194" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195">
+        <v>3</v>
+      </c>
+      <c r="B195" t="s">
+        <v>536</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="F195" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196">
+        <v>2</v>
+      </c>
+      <c r="B196" t="s">
+        <v>536</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="F196" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197">
         <v>1</v>
       </c>
-      <c r="B161" t="s">
-[...12 lines deleted...]
-        <v>434</v>
+      <c r="B197" t="s">
+        <v>541</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="F197" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="B198" t="s">
+        <v>546</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="F198" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="B199" t="s">
+        <v>550</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="F199" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="B200" t="s">
+        <v>554</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="F200" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="B201" t="s">
+        <v>558</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="F201" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="B202" t="s">
+        <v>561</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="E202" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="F202" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6">
+      <c r="B203" t="s">
+        <v>563</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="F203" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="B204" t="s">
+        <v>565</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="F204" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="B205" t="s">
+        <v>80</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="F205" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="B206" t="s">
+        <v>66</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="F206" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="B207" t="s">
+        <v>71</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="F207" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="B208" t="s">
+        <v>570</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="F208" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="B209" t="s">
+        <v>573</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="E209" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="F209" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6">
+      <c r="B210" t="s">
+        <v>575</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="F210" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6">
+      <c r="B211" t="s">
+        <v>575</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E211" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="F211" t="s">
+        <v>557</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">