--- v1 (2026-01-01)
+++ v2 (2026-02-06)
@@ -12,68 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="577">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="582">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
+  </si>
+  <si>
+    <t>3/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA DE EDUCAÇÂO
+Aquisição de livros didáticos infantis para os alu...</t>
+  </si>
+  <si>
+    <t>Grafica e Editora Posigraf LTDA
+75.104.422/0008-82</t>
+  </si>
+  <si>
+    <t>17/01/2026
+179.940,00</t>
+  </si>
+  <si>
+    <t>17/01/2026 a 17/01/2027</t>
   </si>
   <si>
     <t>57/2025</t>
   </si>
   <si>
     <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
 Registro de Preço para Contratação de Empresa Espe...</t>
   </si>
   <si>
     <t>T.N.A Soluções LTDA
 46.921.987/3000-13</t>
   </si>
   <si>
     <t>20/08/2025
 37.462,09</t>
   </si>
   <si>
     <t>20/08/2025 a 20/08/2026</t>
   </si>
   <si>
     <t>24/2025</t>
   </si>
   <si>
     <t>SECRETARIA DE ASSITÊNCIA SOCIAL
 Registro de Preço para Contratação de Empresa Espe...</t>
@@ -2430,4228 +2448,4248 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F211"/>
+  <dimension ref="A1:F212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E211" sqref="E211"/>
+      <selection activeCell="E212" sqref="E212"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>397</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>397</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>397</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>393</v>
       </c>
       <c r="B7" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>393</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>393</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>393</v>
       </c>
       <c r="B10" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>393</v>
       </c>
       <c r="B11" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>393</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>393</v>
       </c>
       <c r="B13" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F13" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>393</v>
       </c>
       <c r="B14" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F14" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>393</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="F15" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F16" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>391</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F17" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>391</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E18" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F18" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>391</v>
       </c>
       <c r="B19" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F19" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>391</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F20" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>391</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F21" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>391</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F22" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>391</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F23" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F24" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>388</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>388</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F26" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>388</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>388</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F28" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>388</v>
       </c>
       <c r="B29" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>388</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F30" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>388</v>
       </c>
       <c r="B31" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F32" t="s">
-        <v>93</v>
+        <v>79</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B33" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F34" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>376</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F35" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B36" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>108</v>
       </c>
       <c r="F36" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F37" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>160</v>
+        <v>374</v>
       </c>
       <c r="B38" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F38" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F39" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B40" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F40" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B41" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F41" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B42" t="s">
+        <v>131</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>129</v>
       </c>
       <c r="F42" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B43" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F43" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B44" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>134</v>
+        <v>39</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F44" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B45" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>32</v>
+        <v>139</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F45" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B46" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F46" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B47" t="s">
+        <v>144</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="F47" t="s">
         <v>141</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B48" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F48" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
+        <v>150</v>
+      </c>
+      <c r="B49" t="s">
+        <v>148</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E49" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="B49" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F49" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B50" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F50" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B51" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>150</v>
+        <v>39</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F51" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B52" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>41</v>
+        <v>155</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>153</v>
+        <v>120</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F52" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B53" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F53" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B54" t="s">
+        <v>161</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F54" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B55" t="s">
+        <v>163</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F55" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B56" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F56" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F57" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B58" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>150</v>
+        <v>39</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="F58" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B59" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F59" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B60" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F60" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B61" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F61" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B62" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F62" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B63" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F63" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B64" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="F64" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F65" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B66" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>150</v>
+        <v>37</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F66" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B67" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>41</v>
+        <v>155</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F67" t="s">
-        <v>189</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F68" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B69" t="s">
+        <v>195</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F69" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B70" t="s">
+        <v>197</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F70" t="s">
         <v>194</v>
-      </c>
-[...10 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B71" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>198</v>
+        <v>155</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>200</v>
       </c>
       <c r="F71" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B72" t="s">
         <v>202</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>32</v>
+        <v>203</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F72" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B73" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="F73" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B74" t="s">
+        <v>211</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="F74" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B75" t="s">
+        <v>213</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="F75" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B76" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F76" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B77" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F77" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B78" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F78" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B79" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>150</v>
+        <v>39</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F79" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B80" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F80" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B81" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F81" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B82" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="F82" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B83" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="F83" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B84" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F84" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B85" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="F85" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B86" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="F86" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B87" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>150</v>
+        <v>39</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F87" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B88" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F88" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B89" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="F89" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B90" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="F90" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B91" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F91" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B92" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="F92" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B93" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="F93" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B94" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="F94" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B95" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>150</v>
+        <v>39</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F95" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B96" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>161</v>
+        <v>244</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="F96" t="s">
-        <v>257</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B97" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F97" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B98" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F98" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B99" t="s">
+        <v>265</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="F99" t="s">
         <v>262</v>
-      </c>
-[...10 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F100" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B101" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="F101" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B102" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="F102" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B103" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="F103" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B104" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F104" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B105" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="F105" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B106" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="F106" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B107" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="F107" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B108" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F108" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B109" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>150</v>
+        <v>39</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F109" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B110" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>285</v>
+        <v>155</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>286</v>
+        <v>166</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F110" t="s">
-        <v>288</v>
+        <v>262</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B111" t="s">
         <v>289</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>291</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>292</v>
       </c>
       <c r="F111" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B112" t="s">
         <v>294</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F112" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B113" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C113" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F113" t="s">
         <v>298</v>
-      </c>
-[...7 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B114" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F114" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B115" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F115" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B116" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>41</v>
+        <v>309</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>153</v>
+        <v>296</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F116" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B117" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F117" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B118" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F118" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B119" t="s">
+        <v>317</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="F119" t="s">
         <v>314</v>
-      </c>
-[...10 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B120" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>41</v>
+        <v>155</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F120" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B121" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="F121" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B122" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F122" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B123" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>150</v>
+        <v>37</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F123" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B124" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>41</v>
+        <v>155</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>324</v>
+        <v>166</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F124" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B125" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="F125" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B126" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="F126" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B127" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>150</v>
+        <v>37</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="F127" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B128" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>169</v>
+        <v>329</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F128" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B129" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F129" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B130" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="F130" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B131" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>339</v>
+        <v>39</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="F131" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B132" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>32</v>
+        <v>344</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F132" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B133" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="F133" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B134" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F134" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B135" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>150</v>
+        <v>39</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F135" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B136" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>41</v>
+        <v>155</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>350</v>
+        <v>183</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F136" t="s">
-        <v>352</v>
+        <v>314</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B137" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>354</v>
+        <v>46</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>115</v>
+        <v>355</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F137" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B138" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="F138" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B139" t="s">
+        <v>362</v>
+      </c>
+      <c r="C139" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F139" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B140" t="s">
+        <v>364</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="F140" t="s">
         <v>361</v>
-      </c>
-[...10 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B141" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>366</v>
+        <v>120</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F141" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B142" t="s">
         <v>369</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>370</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>371</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>372</v>
       </c>
       <c r="F142" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B143" t="s">
         <v>374</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>376</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>377</v>
       </c>
       <c r="F143" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B144" t="s">
         <v>379</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>381</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>382</v>
       </c>
       <c r="F144" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B145" t="s">
         <v>384</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>62</v>
+        <v>385</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F145" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B146" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>389</v>
+        <v>67</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>390</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F146" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B147" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>396</v>
       </c>
       <c r="F147" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B148" t="s">
         <v>393</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>394</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="E148" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F148" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B149" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F149" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B150" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D150" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="F150" t="s">
         <v>402</v>
-      </c>
-[...4 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B151" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F151" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B152" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F152" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B153" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F153" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B154" t="s">
         <v>417</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="F154" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B155" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>414</v>
+        <v>419</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>423</v>
       </c>
       <c r="F155" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B156" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="F156" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B157" t="s">
         <v>425</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>426</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>427</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>148</v>
+        <v>428</v>
       </c>
       <c r="F157" t="s">
-        <v>136</v>
+        <v>429</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B158" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F158" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B159" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>432</v>
+        <v>151</v>
       </c>
       <c r="F159" t="s">
-        <v>433</v>
+        <v>141</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B160" t="s">
         <v>434</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F160" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B161" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C161" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="F161" t="s">
         <v>438</v>
-      </c>
-[...7 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B162" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F162" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B163" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F163" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B164" t="s">
         <v>448</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>450</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>451</v>
       </c>
       <c r="F164" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B165" t="s">
         <v>453</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="F165" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B166" t="s">
+        <v>458</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D166" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="C166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D166" s="1" t="s">
+      <c r="E166" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="F166" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B167" t="s">
         <v>460</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F167" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B168" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C168" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F168" t="s">
         <v>464</v>
-      </c>
-[...7 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B169" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F169" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B170" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F170" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B171" t="s">
         <v>474</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>475</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F171" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B172" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C172" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="F172" t="s">
         <v>478</v>
-      </c>
-[...7 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B173" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F173" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B174" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F174" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B175" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>488</v>
+        <v>476</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F175" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B176" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="F176" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B177" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F177" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B178" t="s">
+        <v>495</v>
+      </c>
+      <c r="C178" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="C178" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D178" s="1" t="s">
-        <v>50</v>
+        <v>493</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="F178" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B179" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>488</v>
+        <v>55</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="F179" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B180" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="F180" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B181" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F181" t="s">
-        <v>504</v>
+        <v>478</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B182" t="s">
         <v>505</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>487</v>
+        <v>506</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>488</v>
+        <v>507</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F182" t="s">
-        <v>473</v>
+        <v>509</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B183" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>507</v>
+        <v>492</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F183" t="s">
-        <v>504</v>
+        <v>478</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B184" t="s">
+        <v>510</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="F184" t="s">
         <v>509</v>
-      </c>
-[...10 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B185" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>488</v>
+        <v>507</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="F185" t="s">
-        <v>473</v>
+        <v>509</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B186" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F186" t="s">
-        <v>504</v>
+        <v>478</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B187" t="s">
         <v>517</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>495</v>
+        <v>520</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>488</v>
+        <v>507</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F187" t="s">
-        <v>473</v>
+        <v>509</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B188" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>519</v>
+        <v>500</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="F188" t="s">
-        <v>504</v>
+        <v>478</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B189" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>498</v>
+        <v>524</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>488</v>
+        <v>507</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="F189" t="s">
-        <v>473</v>
+        <v>509</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B190" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>487</v>
+        <v>503</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="F190" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B191" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>513</v>
+        <v>492</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="F191" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B192" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>50</v>
+        <v>493</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F192" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B193" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F193" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B194" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F194" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B195" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>427</v>
+        <v>55</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F195" t="s">
-        <v>117</v>
+        <v>478</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B196" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>513</v>
+        <v>542</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>50</v>
+        <v>432</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="F196" t="s">
-        <v>540</v>
+        <v>122</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B197" t="s">
         <v>541</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>542</v>
+        <v>518</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>543</v>
+        <v>55</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>544</v>
       </c>
       <c r="F197" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="198" spans="1:6">
+      <c r="A198">
+        <v>1</v>
+      </c>
       <c r="B198" t="s">
         <v>546</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>21</v>
+        <v>547</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F198" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="B199" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F199" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="B200" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F200" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="B201" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>547</v>
+        <v>560</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F201" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="B202" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="F202" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="B203" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="F203" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="B204" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="F204" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="B205" t="s">
-        <v>80</v>
+        <v>570</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>547</v>
+        <v>560</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="F205" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="B206" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="F206" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="B207" t="s">
         <v>71</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="F207" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="B208" t="s">
-        <v>570</v>
+        <v>76</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>571</v>
+        <v>46</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>547</v>
+        <v>560</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="F208" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="B209" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="F209" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="B210" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="F210" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="B211" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="E211" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="F211" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="B212" t="s">
+        <v>580</v>
+      </c>
+      <c r="C212" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="F211" t="s">
-        <v>557</v>
+      <c r="D212" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="E212" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="F212" t="s">
+        <v>562</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">