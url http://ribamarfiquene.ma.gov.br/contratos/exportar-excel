--- v2 (2026-02-06)
+++ v3 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="582">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="587">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>3/2026</t>
   </si>
   <si>
     <t>SECRETARIA DE EDUCAÇÂO
 Aquisição de livros didáticos infantis para os alu...</t>
   </si>
@@ -270,50 +270,60 @@
     <t>52/2025</t>
   </si>
   <si>
     <t>05/09/2025
 84.408,18</t>
   </si>
   <si>
     <t>43/2025</t>
   </si>
   <si>
     <t>SECRETARIA DE SAÚDE
 CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERI...</t>
   </si>
   <si>
     <t>05/09/2025
 40.521,01</t>
   </si>
   <si>
     <t>44/2025</t>
   </si>
   <si>
     <t>05/09/2025
 40.532,48</t>
   </si>
   <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026
+273.639,59</t>
+  </si>
+  <si>
+    <t>07/01/2026 a 07/01/2027</t>
+  </si>
+  <si>
     <t>47/2025</t>
   </si>
   <si>
     <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
 REGISTRO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA PARA...</t>
   </si>
   <si>
     <t>Visual Arte Sport LTDA
 07.722.538/0001-59</t>
   </si>
   <si>
     <t>08/07/2025
 36.707,40</t>
   </si>
   <si>
     <t>08/07/2025 a 08/07/2026</t>
   </si>
   <si>
     <t>48/2025</t>
   </si>
   <si>
     <t>A Lobão Comercio e Serviços LTDA
 49.800.638/0001-04</t>
   </si>
   <si>
@@ -409,50 +419,57 @@
   </si>
   <si>
     <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
 Registro de preços para contratação de empresa esp...</t>
   </si>
   <si>
     <t>Olho Dágua Empreendimentos LTDA
 18.179.593/0001-60</t>
   </si>
   <si>
     <t>23/06/2025
 300.627,05</t>
   </si>
   <si>
     <t>23/06/2025 a 23/06/2025</t>
   </si>
   <si>
     <t>63/2025</t>
   </si>
   <si>
     <t>25/09/2025
 124.427,00</t>
   </si>
   <si>
     <t>25/09/2025 a 25/09/2026</t>
+  </si>
+  <si>
+    <t>002/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026
+1.600.655,95</t>
   </si>
   <si>
     <t>38/2025</t>
   </si>
   <si>
     <t>SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO
 Contratação de serviços técnicos especializados de...</t>
   </si>
   <si>
     <t>A3 Consultoria e Projetos
 40.791.412/0001-01</t>
   </si>
   <si>
     <t>16/05/2025
 90.000,00</t>
   </si>
   <si>
     <t>16/05/2025 a 16/05/2026</t>
   </si>
   <si>
     <t>40/2025</t>
   </si>
   <si>
     <t>SECRETARIA DE EDUCAÇÂO
 Registro de preço para contratação de empresa espe...</t>
@@ -2448,54 +2465,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F212"/>
+  <dimension ref="A1:F214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E212" sqref="E212"/>
+      <selection activeCell="E214" sqref="E214"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -2938,3758 +2955,3798 @@
         <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>391</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E25" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="F25" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>388</v>
       </c>
       <c r="B26" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="E26" s="1" t="s">
+      <c r="F26" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>388</v>
       </c>
       <c r="B27" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="E27" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="1" t="s">
+      <c r="F27" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>388</v>
       </c>
       <c r="B28" t="s">
         <v>83</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F28" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>388</v>
       </c>
       <c r="B29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>87</v>
       </c>
       <c r="F29" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>388</v>
       </c>
       <c r="B30" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>388</v>
       </c>
       <c r="B31" t="s">
+        <v>74</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="1" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>91</v>
       </c>
       <c r="F31" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>388</v>
       </c>
       <c r="B32" t="s">
         <v>92</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F32" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D33" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E33" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="E33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="E34" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="E34" s="1" t="s">
+      <c r="F34" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="B35" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="E35" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="E35" s="1" t="s">
+      <c r="F35" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>376</v>
       </c>
       <c r="B36" t="s">
+        <v>88</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>108</v>
       </c>
       <c r="F36" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E37" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="F37" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B38" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="F38" t="s">
-        <v>118</v>
+        <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>160</v>
+        <v>375</v>
       </c>
       <c r="B39" t="s">
+        <v>115</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F39" t="s">
         <v>119</v>
-      </c>
-[...10 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>159</v>
+        <v>374</v>
       </c>
       <c r="B40" t="s">
+        <v>120</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="F40" t="s">
         <v>123</v>
-      </c>
-[...10 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
+        <v>124</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="F41" t="s">
         <v>127</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B42" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F42" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B43" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>134</v>
       </c>
       <c r="F43" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B44" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="F44" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B45" t="s">
         <v>138</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="E45" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B46" t="s">
+        <v>140</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F46" t="s">
         <v>142</v>
-      </c>
-[...10 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B47" t="s">
+        <v>143</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>145</v>
       </c>
       <c r="F47" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B48" t="s">
+        <v>147</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="F48" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
+        <v>152</v>
+      </c>
+      <c r="B49" t="s">
+        <v>149</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E49" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B49" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F49" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B50" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F50" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B51" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F51" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B52" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>156</v>
       </c>
       <c r="F52" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B53" t="s">
         <v>157</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D53" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E53" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="E53" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B54" t="s">
+        <v>159</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E54" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F54" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B55" t="s">
+        <v>162</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>164</v>
       </c>
       <c r="F55" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B56" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>167</v>
       </c>
       <c r="F56" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B57" t="s">
         <v>168</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>46</v>
+        <v>160</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>169</v>
       </c>
       <c r="F57" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B58" t="s">
         <v>170</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F58" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B59" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>155</v>
+        <v>46</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="F59" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B60" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F60" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B61" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>37</v>
+        <v>160</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="F61" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B62" t="s">
         <v>178</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>46</v>
+        <v>160</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F62" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B63" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F63" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B64" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>184</v>
       </c>
       <c r="F64" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B65" t="s">
         <v>185</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F65" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>187</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F66" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B67" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F67" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B68" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>193</v>
       </c>
       <c r="F68" t="s">
-        <v>194</v>
+        <v>165</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B69" t="s">
+        <v>194</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E69" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>194</v>
+        <v>165</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B70" t="s">
+        <v>196</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>198</v>
       </c>
       <c r="F70" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B71" t="s">
+        <v>200</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="F71" t="s">
         <v>199</v>
-      </c>
-[...10 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B72" t="s">
         <v>202</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E72" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B73" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>37</v>
+        <v>160</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="F73" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B74" t="s">
+        <v>207</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="F74" t="s">
         <v>211</v>
-      </c>
-[...10 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B75" t="s">
+        <v>212</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>214</v>
       </c>
       <c r="F75" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B76" t="s">
+        <v>216</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="F76" t="s">
         <v>215</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B77" t="s">
         <v>218</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>219</v>
       </c>
       <c r="F77" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B78" t="s">
         <v>220</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>221</v>
       </c>
       <c r="F78" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B79" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F79" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B80" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F80" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B81" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>228</v>
       </c>
       <c r="F81" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B82" t="s">
         <v>229</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>37</v>
+        <v>160</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>230</v>
       </c>
       <c r="F82" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B83" t="s">
         <v>231</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F83" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B84" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F84" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B85" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F85" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B86" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F86" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B87" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F87" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B88" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F88" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B89" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>245</v>
       </c>
       <c r="F89" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B90" t="s">
         <v>246</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>37</v>
+        <v>160</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>247</v>
       </c>
       <c r="F90" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B91" t="s">
         <v>248</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F91" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B92" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F92" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B93" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F93" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B94" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F94" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B95" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F95" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B96" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F96" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B97" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>166</v>
+        <v>249</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F97" t="s">
-        <v>262</v>
+        <v>215</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B98" t="s">
         <v>263</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>37</v>
+        <v>160</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>166</v>
+        <v>249</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>264</v>
       </c>
       <c r="F98" t="s">
-        <v>262</v>
+        <v>215</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B99" t="s">
         <v>265</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>266</v>
       </c>
       <c r="F99" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B100" t="s">
+        <v>268</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="F100" t="s">
         <v>267</v>
-      </c>
-[...10 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F101" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B102" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>155</v>
+        <v>46</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F102" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B103" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F103" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B104" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>37</v>
+        <v>160</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F104" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B105" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F105" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B106" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F106" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B107" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F107" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B108" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F108" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B109" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F109" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B110" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F110" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B111" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>290</v>
+        <v>39</v>
       </c>
       <c r="D111" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E111" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="E111" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F111" t="s">
-        <v>293</v>
+        <v>267</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B112" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>295</v>
+        <v>160</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>296</v>
+        <v>171</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="F112" t="s">
-        <v>298</v>
+        <v>267</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B113" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>296</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="F113" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B114" t="s">
+        <v>299</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E114" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="F114" t="s">
         <v>303</v>
-      </c>
-[...7 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B115" t="s">
+        <v>304</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E115" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F115" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B116" t="s">
+        <v>307</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E116" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F116" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B117" t="s">
+        <v>310</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E117" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="C117" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F117" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B118" t="s">
+        <v>313</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E118" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="C118" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E118" s="1" t="s">
+      <c r="F118" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B119" t="s">
         <v>317</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>318</v>
       </c>
       <c r="F119" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B120" t="s">
+        <v>320</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="F120" t="s">
         <v>319</v>
-      </c>
-[...10 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B121" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F121" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B122" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>39</v>
+        <v>160</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F122" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B123" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F123" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B124" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="F124" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B125" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>329</v>
+        <v>171</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F125" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B126" t="s">
+        <v>332</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E126" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F126" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B127" t="s">
         <v>333</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F127" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B128" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F128" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B129" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>174</v>
+        <v>334</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F129" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B130" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>46</v>
+        <v>160</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>174</v>
+        <v>334</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F130" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B131" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F131" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B132" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>344</v>
+        <v>46</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>345</v>
       </c>
       <c r="F132" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B133" t="s">
         <v>346</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>347</v>
       </c>
       <c r="F133" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B134" t="s">
         <v>348</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>46</v>
+        <v>349</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F134" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B135" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F135" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B136" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>155</v>
+        <v>46</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F136" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B137" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>355</v>
+        <v>188</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>356</v>
       </c>
       <c r="F137" t="s">
-        <v>357</v>
+        <v>319</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B138" t="s">
+        <v>357</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E138" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F138" t="s">
-        <v>361</v>
+        <v>319</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B139" t="s">
+        <v>359</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="F139" t="s">
         <v>362</v>
-      </c>
-[...10 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B140" t="s">
+        <v>363</v>
+      </c>
+      <c r="C140" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="C140" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D140" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>365</v>
       </c>
       <c r="F140" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B141" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>368</v>
       </c>
       <c r="F141" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B142" t="s">
         <v>369</v>
       </c>
       <c r="C142" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E142" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F142" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B143" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>376</v>
+        <v>125</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="F143" t="s">
-        <v>378</v>
+        <v>366</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B144" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="F144" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B145" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="F145" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B146" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>67</v>
+        <v>385</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="F146" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B147" t="s">
+        <v>389</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="F147" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B148" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>394</v>
+        <v>67</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>395</v>
       </c>
+      <c r="E148" s="1" t="s">
+        <v>396</v>
+      </c>
       <c r="F148" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B149" t="s">
         <v>398</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>400</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>401</v>
       </c>
       <c r="F149" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B150" t="s">
         <v>398</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="F150" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B151" t="s">
+        <v>403</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D151" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="E151" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="D151" s="1" t="s">
+      <c r="F151" t="s">
         <v>407</v>
-      </c>
-[...4 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B152" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="F152" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B153" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="C153" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="F153" t="s">
         <v>414</v>
-      </c>
-[...7 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B154" t="s">
+        <v>410</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E154" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="F154" t="s">
         <v>418</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B155" t="s">
-        <v>422</v>
+        <v>410</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="F155" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B156" t="s">
         <v>422</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>419</v>
+        <v>424</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>425</v>
       </c>
       <c r="F156" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B157" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>428</v>
       </c>
       <c r="F157" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B158" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>424</v>
       </c>
       <c r="F158" t="s">
-        <v>141</v>
+        <v>429</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B159" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>151</v>
+        <v>433</v>
       </c>
       <c r="F159" t="s">
-        <v>141</v>
+        <v>434</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B160" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>437</v>
+        <v>158</v>
       </c>
       <c r="F160" t="s">
-        <v>438</v>
+        <v>146</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B161" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>441</v>
+        <v>156</v>
       </c>
       <c r="F161" t="s">
-        <v>438</v>
+        <v>146</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B162" t="s">
+        <v>439</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E162" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="F162" t="s">
         <v>443</v>
-      </c>
-[...7 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B163" t="s">
+        <v>444</v>
+      </c>
+      <c r="C163" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E163" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F163" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B164" t="s">
+        <v>447</v>
+      </c>
+      <c r="C164" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E164" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F164" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B165" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>455</v>
+        <v>441</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="F165" t="s">
-        <v>457</v>
+        <v>443</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B166" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>455</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="F166" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B167" t="s">
+        <v>458</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D167" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="E167" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="D167" s="1" t="s">
+      <c r="F167" t="s">
         <v>462</v>
-      </c>
-[...4 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B168" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="D168" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="F168" t="s">
         <v>462</v>
-      </c>
-[...4 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B169" t="s">
+        <v>465</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="E169" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="F169" t="s">
         <v>469</v>
-      </c>
-[...7 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B170" t="s">
+        <v>470</v>
+      </c>
+      <c r="C170" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="E170" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F170" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B171" t="s">
+        <v>473</v>
+      </c>
+      <c r="C171" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="D171" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="E171" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F171" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B172" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="F172" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B173" t="s">
+        <v>479</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="E173" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="F173" t="s">
         <v>483</v>
-      </c>
-[...7 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B174" t="s">
+        <v>484</v>
+      </c>
+      <c r="C174" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="E174" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F174" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B175" t="s">
+        <v>487</v>
+      </c>
+      <c r="C175" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="E175" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F175" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B176" t="s">
+        <v>490</v>
+      </c>
+      <c r="C176" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="E176" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F176" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B177" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>493</v>
+        <v>481</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F177" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B178" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="F178" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B179" t="s">
+        <v>496</v>
+      </c>
+      <c r="C179" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="C179" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D179" s="1" t="s">
-        <v>55</v>
+        <v>498</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="F179" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B180" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>501</v>
       </c>
       <c r="F180" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B181" t="s">
         <v>502</v>
       </c>
       <c r="C181" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E181" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F181" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B182" t="s">
+        <v>504</v>
+      </c>
+      <c r="C182" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="E182" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F182" t="s">
-        <v>509</v>
+        <v>483</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B183" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>492</v>
+        <v>508</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="F183" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B184" t="s">
         <v>510</v>
       </c>
       <c r="C184" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D184" s="1" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>513</v>
       </c>
       <c r="F184" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B185" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>515</v>
+        <v>497</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>516</v>
       </c>
       <c r="F185" t="s">
-        <v>509</v>
+        <v>483</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B186" t="s">
+        <v>515</v>
+      </c>
+      <c r="C186" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E186" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F186" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B187" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>520</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>521</v>
       </c>
       <c r="F187" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B188" t="s">
         <v>522</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>500</v>
+        <v>523</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F188" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B189" t="s">
         <v>522</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F189" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B190" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F190" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B191" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>492</v>
+        <v>529</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F191" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B192" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F192" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B193" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>533</v>
+        <v>497</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>55</v>
+        <v>498</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>534</v>
       </c>
       <c r="F193" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B194" t="s">
         <v>535</v>
       </c>
       <c r="C194" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="E194" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F194" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B195" t="s">
+        <v>537</v>
+      </c>
+      <c r="C195" s="1" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="F195" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="B196" t="s">
+        <v>540</v>
+      </c>
+      <c r="C196" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E196" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F196" t="s">
-        <v>122</v>
+        <v>483</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B197" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>518</v>
+        <v>544</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F197" t="s">
-        <v>545</v>
+        <v>483</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B198" t="s">
         <v>546</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>547</v>
       </c>
       <c r="D198" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="E198" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="E198" s="1" t="s">
+      <c r="F198" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199">
+        <v>2</v>
+      </c>
+      <c r="B199" t="s">
+        <v>546</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E199" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="F198" t="s">
+      <c r="F199" t="s">
         <v>550</v>
       </c>
     </row>
-    <row r="199" spans="1:6">
-      <c r="B199" t="s">
+    <row r="200" spans="1:6">
+      <c r="A200">
+        <v>1</v>
+      </c>
+      <c r="B200" t="s">
         <v>551</v>
       </c>
-      <c r="C199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D199" s="1" t="s">
+      <c r="C200" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="E199" s="1" t="s">
+      <c r="D200" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="F199" t="s">
+      <c r="E200" s="1" t="s">
         <v>554</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B200" t="s">
+      <c r="F200" t="s">
         <v>555</v>
-      </c>
-[...10 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="B201" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="F201" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="B202" t="s">
+        <v>560</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="E202" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="F202" t="s">
         <v>563</v>
-      </c>
-[...10 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="B203" t="s">
+        <v>564</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="E203" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E203" s="1" t="s">
+      <c r="F203" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="B204" t="s">
         <v>568</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>569</v>
       </c>
       <c r="F204" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="B205" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F205" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="B206" t="s">
-        <v>85</v>
+        <v>573</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="F206" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="B207" t="s">
-        <v>71</v>
+        <v>575</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="F207" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="B208" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="F208" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="B209" t="s">
-        <v>575</v>
+        <v>74</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>576</v>
+        <v>46</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F209" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="B210" t="s">
-        <v>578</v>
+        <v>79</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>576</v>
+        <v>46</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>579</v>
       </c>
       <c r="F210" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="B211" t="s">
         <v>580</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="F211" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="B212" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E212" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="F212" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="B213" t="s">
+        <v>585</v>
+      </c>
+      <c r="C213" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="F212" t="s">
-        <v>562</v>
+      <c r="D213" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="F213" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="B214" t="s">
+        <v>585</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="E214" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="F214" t="s">
+        <v>567</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">